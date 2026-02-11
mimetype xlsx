--- v0 (2025-12-06)
+++ v1 (2026-02-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Skaters" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="576">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="578">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Assists</t>
   </si>
   <si>
@@ -1740,50 +1740,56 @@
     <t>Deluca</t>
   </si>
   <si>
     <t>Bojcun</t>
   </si>
   <si>
     <t>Tyrel</t>
   </si>
   <si>
     <t>Dupree</t>
   </si>
   <si>
     <t>Seckington</t>
   </si>
   <si>
     <t>Dilworth</t>
   </si>
   <si>
     <t>Duce</t>
   </si>
   <si>
     <t>Rahul</t>
   </si>
   <si>
     <t>Rana</t>
+  </si>
+  <si>
+    <t>Rajput</t>
+  </si>
+  <si>
+    <t>Golden Hawks</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -2086,51 +2092,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L481"/>
+  <dimension ref="A1:L482"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -6340,60 +6346,60 @@
       </c>
       <c r="K122">
         <v>45</v>
       </c>
       <c r="L122" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
         <v>130</v>
       </c>
       <c r="B123">
         <v>11</v>
       </c>
       <c r="C123" t="s">
         <v>209</v>
       </c>
       <c r="D123" t="s">
         <v>210</v>
       </c>
       <c r="E123">
         <v>7</v>
       </c>
       <c r="F123">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G123">
         <v>25</v>
       </c>
       <c r="H123">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I123">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J123">
         <v>59</v>
       </c>
       <c r="K123">
         <v>20</v>
       </c>
       <c r="L123" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
         <v>131</v>
       </c>
       <c r="B124">
         <v>11</v>
       </c>
       <c r="C124" t="s">
         <v>211</v>
       </c>
       <c r="D124" t="s">
         <v>212</v>
       </c>
       <c r="E124">
@@ -6456,241 +6462,241 @@
       </c>
       <c r="F126">
         <v>1</v>
       </c>
       <c r="L126" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
         <v>134</v>
       </c>
       <c r="B127">
         <v>18</v>
       </c>
       <c r="C127" t="s">
         <v>88</v>
       </c>
       <c r="D127" t="s">
         <v>215</v>
       </c>
       <c r="E127">
         <v>7</v>
       </c>
       <c r="F127">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G127">
         <v>11</v>
       </c>
       <c r="H127">
         <v>55</v>
       </c>
       <c r="I127">
         <v>66</v>
       </c>
       <c r="J127">
         <v>90</v>
       </c>
       <c r="K127">
         <v>41</v>
       </c>
       <c r="L127" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
         <v>135</v>
       </c>
       <c r="B128">
         <v>19</v>
       </c>
       <c r="C128" t="s">
         <v>216</v>
       </c>
       <c r="D128" t="s">
         <v>74</v>
       </c>
       <c r="E128">
         <v>7</v>
       </c>
       <c r="F128">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G128">
         <v>14</v>
       </c>
       <c r="H128">
         <v>46</v>
       </c>
       <c r="I128">
         <v>60</v>
       </c>
       <c r="J128">
         <v>20</v>
       </c>
       <c r="K128">
         <v>10</v>
       </c>
       <c r="L128" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
         <v>136</v>
       </c>
       <c r="B129">
         <v>20</v>
       </c>
       <c r="C129" t="s">
         <v>217</v>
       </c>
       <c r="D129" t="s">
         <v>218</v>
       </c>
       <c r="E129">
         <v>7</v>
       </c>
       <c r="F129">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G129">
         <v>21</v>
       </c>
       <c r="H129">
         <v>47</v>
       </c>
       <c r="I129">
         <v>68</v>
       </c>
       <c r="J129">
         <v>13</v>
       </c>
       <c r="K129">
         <v>6</v>
       </c>
       <c r="L129" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
         <v>137</v>
       </c>
       <c r="B130">
         <v>21</v>
       </c>
       <c r="C130" t="s">
         <v>219</v>
       </c>
       <c r="D130" t="s">
         <v>220</v>
       </c>
       <c r="E130">
         <v>7</v>
       </c>
       <c r="F130">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G130">
         <v>11</v>
       </c>
       <c r="H130">
         <v>44</v>
       </c>
       <c r="I130">
         <v>55</v>
       </c>
       <c r="J130">
         <v>65</v>
       </c>
       <c r="K130">
         <v>31</v>
       </c>
       <c r="L130" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
         <v>138</v>
       </c>
       <c r="B131">
         <v>22</v>
       </c>
       <c r="C131" t="s">
         <v>221</v>
       </c>
       <c r="D131" t="s">
         <v>222</v>
       </c>
       <c r="E131">
         <v>7</v>
       </c>
       <c r="F131">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G131">
         <v>21</v>
       </c>
       <c r="H131">
         <v>34</v>
       </c>
       <c r="I131">
         <v>55</v>
       </c>
       <c r="J131">
         <v>81</v>
       </c>
       <c r="K131">
         <v>37</v>
       </c>
       <c r="L131" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
         <v>139</v>
       </c>
       <c r="B132">
         <v>77</v>
       </c>
       <c r="C132" t="s">
         <v>223</v>
       </c>
       <c r="D132" t="s">
         <v>224</v>
       </c>
       <c r="E132">
         <v>7</v>
       </c>
       <c r="F132">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G132">
         <v>78</v>
       </c>
       <c r="H132">
         <v>76</v>
       </c>
       <c r="I132">
         <v>154</v>
       </c>
       <c r="J132">
         <v>138</v>
       </c>
       <c r="K132">
         <v>54</v>
       </c>
       <c r="L132" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
         <v>140</v>
       </c>
       <c r="B133">
@@ -6798,98 +6804,98 @@
       </c>
       <c r="K135">
         <v>23</v>
       </c>
       <c r="L135" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136">
         <v>145</v>
       </c>
       <c r="B136">
         <v>4</v>
       </c>
       <c r="C136" t="s">
         <v>137</v>
       </c>
       <c r="D136" t="s">
         <v>128</v>
       </c>
       <c r="E136">
         <v>4</v>
       </c>
       <c r="F136">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G136">
         <v>16</v>
       </c>
       <c r="H136">
         <v>54</v>
       </c>
       <c r="I136">
         <v>70</v>
       </c>
       <c r="J136">
         <v>58</v>
       </c>
       <c r="K136">
         <v>26</v>
       </c>
       <c r="L136" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137">
         <v>146</v>
       </c>
       <c r="B137">
         <v>7</v>
       </c>
       <c r="C137" t="s">
         <v>42</v>
       </c>
       <c r="D137" t="s">
         <v>230</v>
       </c>
       <c r="E137">
         <v>4</v>
       </c>
       <c r="F137">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G137">
         <v>42</v>
       </c>
       <c r="H137">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I137">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="J137">
         <v>76</v>
       </c>
       <c r="K137">
         <v>35</v>
       </c>
       <c r="L137" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138">
         <v>147</v>
       </c>
       <c r="B138">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>46</v>
       </c>
       <c r="D138" t="s">
         <v>231</v>
       </c>
       <c r="E138">
@@ -7216,60 +7222,60 @@
       </c>
       <c r="K146">
         <v>23</v>
       </c>
       <c r="L146" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147">
         <v>156</v>
       </c>
       <c r="B147">
         <v>8</v>
       </c>
       <c r="C147" t="s">
         <v>240</v>
       </c>
       <c r="D147" t="s">
         <v>241</v>
       </c>
       <c r="E147">
         <v>4</v>
       </c>
       <c r="F147">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G147">
         <v>42</v>
       </c>
       <c r="H147">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I147">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J147">
         <v>51</v>
       </c>
       <c r="K147">
         <v>24</v>
       </c>
       <c r="L147" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148">
         <v>157</v>
       </c>
       <c r="B148">
         <v>26</v>
       </c>
       <c r="C148" t="s">
         <v>32</v>
       </c>
       <c r="D148" t="s">
         <v>242</v>
       </c>
       <c r="E148">
@@ -7292,51 +7298,51 @@
       </c>
       <c r="K148">
         <v>4</v>
       </c>
       <c r="L148" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149">
         <v>158</v>
       </c>
       <c r="B149">
         <v>30</v>
       </c>
       <c r="C149" t="s">
         <v>46</v>
       </c>
       <c r="D149" t="s">
         <v>243</v>
       </c>
       <c r="E149">
         <v>4</v>
       </c>
       <c r="F149">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="G149">
         <v>64</v>
       </c>
       <c r="H149">
         <v>71</v>
       </c>
       <c r="I149">
         <v>135</v>
       </c>
       <c r="J149">
         <v>121</v>
       </c>
       <c r="K149">
         <v>53</v>
       </c>
       <c r="L149" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150">
         <v>159</v>
       </c>
       <c r="B150">
@@ -8119,51 +8125,51 @@
       </c>
       <c r="K170">
         <v>1</v>
       </c>
       <c r="L170" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171">
         <v>184</v>
       </c>
       <c r="B171">
         <v>25</v>
       </c>
       <c r="C171" t="s">
         <v>268</v>
       </c>
       <c r="D171" t="s">
         <v>108</v>
       </c>
       <c r="E171">
         <v>4</v>
       </c>
       <c r="F171">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G171">
         <v>58</v>
       </c>
       <c r="H171">
         <v>57</v>
       </c>
       <c r="I171">
         <v>115</v>
       </c>
       <c r="J171">
         <v>37</v>
       </c>
       <c r="K171">
         <v>17</v>
       </c>
       <c r="L171" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172">
         <v>185</v>
       </c>
       <c r="C172" t="s">
@@ -9797,51 +9803,51 @@
       </c>
       <c r="K217">
         <v>23</v>
       </c>
       <c r="L217" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="218" spans="1:12">
       <c r="A218">
         <v>254</v>
       </c>
       <c r="B218">
         <v>17</v>
       </c>
       <c r="C218" t="s">
         <v>147</v>
       </c>
       <c r="D218" t="s">
         <v>329</v>
       </c>
       <c r="E218">
         <v>7</v>
       </c>
       <c r="F218">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G218">
         <v>45</v>
       </c>
       <c r="H218">
         <v>102</v>
       </c>
       <c r="I218">
         <v>147</v>
       </c>
       <c r="J218">
         <v>80</v>
       </c>
       <c r="K218">
         <v>38</v>
       </c>
       <c r="L218" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="219" spans="1:12">
       <c r="A219">
         <v>255</v>
       </c>
       <c r="B219">
@@ -12115,51 +12121,51 @@
       </c>
       <c r="K281">
         <v>8</v>
       </c>
       <c r="L281" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="282" spans="1:12">
       <c r="A282">
         <v>366</v>
       </c>
       <c r="B282">
         <v>16</v>
       </c>
       <c r="C282" t="s">
         <v>394</v>
       </c>
       <c r="D282" t="s">
         <v>395</v>
       </c>
       <c r="E282">
         <v>4</v>
       </c>
       <c r="F282">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G282">
         <v>19</v>
       </c>
       <c r="H282">
         <v>33</v>
       </c>
       <c r="I282">
         <v>52</v>
       </c>
       <c r="J282">
         <v>12</v>
       </c>
       <c r="K282">
         <v>6</v>
       </c>
       <c r="L282" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="283" spans="1:12">
       <c r="A283">
         <v>367</v>
       </c>
       <c r="B283">
@@ -12584,127 +12590,127 @@
       </c>
       <c r="K295">
         <v>11</v>
       </c>
       <c r="L295" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="296" spans="1:12">
       <c r="A296">
         <v>385</v>
       </c>
       <c r="B296">
         <v>5</v>
       </c>
       <c r="C296" t="s">
         <v>30</v>
       </c>
       <c r="D296" t="s">
         <v>410</v>
       </c>
       <c r="E296">
         <v>3</v>
       </c>
       <c r="F296">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G296">
         <v>19</v>
       </c>
       <c r="H296">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I296">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J296">
         <v>34</v>
       </c>
       <c r="K296">
         <v>17</v>
       </c>
       <c r="L296" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="297" spans="1:12">
       <c r="A297">
         <v>386</v>
       </c>
       <c r="B297">
         <v>13</v>
       </c>
       <c r="C297" t="s">
         <v>265</v>
       </c>
       <c r="D297" t="s">
         <v>411</v>
       </c>
       <c r="E297">
         <v>7</v>
       </c>
       <c r="F297">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G297">
         <v>9</v>
       </c>
       <c r="H297">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I297">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J297">
         <v>8</v>
       </c>
       <c r="K297">
         <v>4</v>
       </c>
       <c r="L297" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="298" spans="1:12">
       <c r="A298">
         <v>387</v>
       </c>
       <c r="B298">
         <v>16</v>
       </c>
       <c r="C298" t="s">
         <v>412</v>
       </c>
       <c r="D298" t="s">
         <v>413</v>
       </c>
       <c r="E298">
         <v>7</v>
       </c>
       <c r="F298">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G298">
         <v>31</v>
       </c>
       <c r="H298">
         <v>19</v>
       </c>
       <c r="I298">
         <v>50</v>
       </c>
       <c r="J298">
         <v>2</v>
       </c>
       <c r="K298">
         <v>1</v>
       </c>
       <c r="L298" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="299" spans="1:12">
       <c r="A299">
         <v>388</v>
       </c>
       <c r="B299">
@@ -12730,127 +12736,127 @@
       </c>
       <c r="I299">
         <v>11</v>
       </c>
       <c r="L299" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="300" spans="1:12">
       <c r="A300">
         <v>389</v>
       </c>
       <c r="B300">
         <v>14</v>
       </c>
       <c r="C300" t="s">
         <v>124</v>
       </c>
       <c r="D300" t="s">
         <v>414</v>
       </c>
       <c r="E300">
         <v>7</v>
       </c>
       <c r="F300">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G300">
         <v>2</v>
       </c>
       <c r="H300">
         <v>11</v>
       </c>
       <c r="I300">
         <v>13</v>
       </c>
       <c r="J300">
         <v>30</v>
       </c>
       <c r="K300">
         <v>14</v>
       </c>
       <c r="L300" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="301" spans="1:12">
       <c r="A301">
         <v>390</v>
       </c>
       <c r="B301">
         <v>12</v>
       </c>
       <c r="C301" t="s">
         <v>174</v>
       </c>
       <c r="D301" t="s">
         <v>175</v>
       </c>
       <c r="E301">
         <v>11</v>
       </c>
       <c r="F301">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G301">
         <v>18</v>
       </c>
       <c r="H301">
         <v>32</v>
       </c>
       <c r="I301">
         <v>50</v>
       </c>
       <c r="J301">
         <v>42</v>
       </c>
       <c r="K301">
         <v>20</v>
       </c>
       <c r="L301" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="302" spans="1:12">
       <c r="A302">
         <v>391</v>
       </c>
       <c r="B302">
         <v>7</v>
       </c>
       <c r="C302" t="s">
         <v>103</v>
       </c>
       <c r="D302" t="s">
         <v>388</v>
       </c>
       <c r="E302">
         <v>11</v>
       </c>
       <c r="F302">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G302">
         <v>9</v>
       </c>
       <c r="H302">
         <v>58</v>
       </c>
       <c r="I302">
         <v>67</v>
       </c>
       <c r="J302">
         <v>12</v>
       </c>
       <c r="K302">
         <v>6</v>
       </c>
       <c r="L302" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="303" spans="1:12">
       <c r="A303">
         <v>392</v>
       </c>
       <c r="B303">
@@ -12882,279 +12888,279 @@
       </c>
       <c r="K303">
         <v>6</v>
       </c>
       <c r="L303" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304">
         <v>393</v>
       </c>
       <c r="B304">
         <v>96</v>
       </c>
       <c r="C304" t="s">
         <v>15</v>
       </c>
       <c r="D304" t="s">
         <v>416</v>
       </c>
       <c r="E304">
         <v>11</v>
       </c>
       <c r="F304">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G304">
         <v>28</v>
       </c>
       <c r="H304">
         <v>55</v>
       </c>
       <c r="I304">
         <v>83</v>
       </c>
       <c r="J304">
         <v>22</v>
       </c>
       <c r="K304">
         <v>10</v>
       </c>
       <c r="L304" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305">
         <v>394</v>
       </c>
       <c r="B305">
         <v>9</v>
       </c>
       <c r="C305" t="s">
         <v>68</v>
       </c>
       <c r="D305" t="s">
         <v>417</v>
       </c>
       <c r="E305">
         <v>11</v>
       </c>
       <c r="F305">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G305">
         <v>18</v>
       </c>
       <c r="H305">
         <v>59</v>
       </c>
       <c r="I305">
         <v>77</v>
       </c>
       <c r="J305">
         <v>8</v>
       </c>
       <c r="K305">
         <v>4</v>
       </c>
       <c r="L305" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306">
         <v>395</v>
       </c>
       <c r="B306">
         <v>20</v>
       </c>
       <c r="C306" t="s">
         <v>147</v>
       </c>
       <c r="D306" t="s">
         <v>389</v>
       </c>
       <c r="E306">
         <v>11</v>
       </c>
       <c r="F306">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G306">
         <v>43</v>
       </c>
       <c r="H306">
         <v>37</v>
       </c>
       <c r="I306">
         <v>80</v>
       </c>
       <c r="J306">
         <v>4</v>
       </c>
       <c r="K306">
         <v>1</v>
       </c>
       <c r="L306" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307">
         <v>396</v>
       </c>
       <c r="B307">
         <v>45</v>
       </c>
       <c r="C307" t="s">
         <v>132</v>
       </c>
       <c r="D307" t="s">
         <v>390</v>
       </c>
       <c r="E307">
         <v>11</v>
       </c>
       <c r="F307">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G307">
         <v>18</v>
       </c>
       <c r="H307">
         <v>27</v>
       </c>
       <c r="I307">
         <v>45</v>
       </c>
       <c r="J307">
         <v>4</v>
       </c>
       <c r="K307">
         <v>2</v>
       </c>
       <c r="L307" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308">
         <v>397</v>
       </c>
       <c r="B308">
         <v>13</v>
       </c>
       <c r="C308" t="s">
         <v>186</v>
       </c>
       <c r="D308" t="s">
         <v>187</v>
       </c>
       <c r="E308">
         <v>11</v>
       </c>
       <c r="F308">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G308">
         <v>1</v>
       </c>
       <c r="H308">
         <v>14</v>
       </c>
       <c r="I308">
         <v>15</v>
       </c>
       <c r="J308">
         <v>12</v>
       </c>
       <c r="K308">
         <v>6</v>
       </c>
       <c r="L308" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309">
         <v>398</v>
       </c>
       <c r="B309">
         <v>88</v>
       </c>
       <c r="C309" t="s">
         <v>360</v>
       </c>
       <c r="D309" t="s">
         <v>361</v>
       </c>
       <c r="E309">
         <v>11</v>
       </c>
       <c r="F309">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G309">
         <v>23</v>
       </c>
       <c r="H309">
         <v>27</v>
       </c>
       <c r="I309">
         <v>50</v>
       </c>
       <c r="J309">
         <v>26</v>
       </c>
       <c r="K309">
         <v>11</v>
       </c>
       <c r="L309" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="310" spans="1:12">
       <c r="A310">
         <v>399</v>
       </c>
       <c r="B310">
         <v>19</v>
       </c>
       <c r="C310" t="s">
         <v>418</v>
       </c>
       <c r="D310" t="s">
         <v>347</v>
       </c>
       <c r="E310">
         <v>11</v>
       </c>
       <c r="F310">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G310">
         <v>54</v>
       </c>
       <c r="H310">
         <v>52</v>
       </c>
       <c r="I310">
         <v>106</v>
       </c>
       <c r="J310">
         <v>14</v>
       </c>
       <c r="K310">
         <v>7</v>
       </c>
       <c r="L310" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="311" spans="1:12">
       <c r="A311">
         <v>400</v>
       </c>
       <c r="C311" t="s">
@@ -14083,51 +14089,51 @@
       </c>
       <c r="K335">
         <v>1</v>
       </c>
       <c r="L335" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="336" spans="1:12">
       <c r="A336">
         <v>428</v>
       </c>
       <c r="B336">
         <v>14</v>
       </c>
       <c r="C336" t="s">
         <v>445</v>
       </c>
       <c r="D336" t="s">
         <v>446</v>
       </c>
       <c r="E336">
         <v>11</v>
       </c>
       <c r="F336">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G336">
         <v>50</v>
       </c>
       <c r="H336">
         <v>30</v>
       </c>
       <c r="I336">
         <v>80</v>
       </c>
       <c r="J336">
         <v>2</v>
       </c>
       <c r="K336">
         <v>1</v>
       </c>
       <c r="L336" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="337" spans="1:12">
       <c r="A337">
         <v>429</v>
       </c>
       <c r="B337">
@@ -14235,51 +14241,51 @@
       </c>
       <c r="K339">
         <v>2</v>
       </c>
       <c r="L339" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="340" spans="1:12">
       <c r="A340">
         <v>435</v>
       </c>
       <c r="B340">
         <v>10</v>
       </c>
       <c r="C340" t="s">
         <v>407</v>
       </c>
       <c r="D340" t="s">
         <v>449</v>
       </c>
       <c r="E340">
         <v>11</v>
       </c>
       <c r="F340">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G340">
         <v>42</v>
       </c>
       <c r="H340">
         <v>48</v>
       </c>
       <c r="I340">
         <v>90</v>
       </c>
       <c r="J340">
         <v>30</v>
       </c>
       <c r="K340">
         <v>11</v>
       </c>
       <c r="L340" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="341" spans="1:12">
       <c r="A341">
         <v>436</v>
       </c>
       <c r="C341" t="s">
@@ -14308,51 +14314,51 @@
       </c>
       <c r="K341">
         <v>1</v>
       </c>
       <c r="L341" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="342" spans="1:12">
       <c r="A342">
         <v>438</v>
       </c>
       <c r="B342">
         <v>10</v>
       </c>
       <c r="C342" t="s">
         <v>268</v>
       </c>
       <c r="D342" t="s">
         <v>410</v>
       </c>
       <c r="E342">
         <v>7</v>
       </c>
       <c r="F342">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G342">
         <v>12</v>
       </c>
       <c r="H342">
         <v>17</v>
       </c>
       <c r="I342">
         <v>29</v>
       </c>
       <c r="J342">
         <v>10</v>
       </c>
       <c r="K342">
         <v>5</v>
       </c>
       <c r="L342" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="343" spans="1:12">
       <c r="A343">
         <v>439</v>
       </c>
       <c r="B343">
@@ -14384,51 +14390,51 @@
       </c>
       <c r="K343">
         <v>5</v>
       </c>
       <c r="L343" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="344" spans="1:12">
       <c r="A344">
         <v>441</v>
       </c>
       <c r="B344">
         <v>24</v>
       </c>
       <c r="C344" t="s">
         <v>88</v>
       </c>
       <c r="D344" t="s">
         <v>454</v>
       </c>
       <c r="E344">
         <v>7</v>
       </c>
       <c r="F344">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G344">
         <v>33</v>
       </c>
       <c r="H344">
         <v>22</v>
       </c>
       <c r="I344">
         <v>55</v>
       </c>
       <c r="J344">
         <v>20</v>
       </c>
       <c r="K344">
         <v>7</v>
       </c>
       <c r="L344" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="345" spans="1:12">
       <c r="A345">
         <v>442</v>
       </c>
       <c r="B345">
@@ -14818,51 +14824,51 @@
       </c>
       <c r="I356">
         <v>2</v>
       </c>
       <c r="L356" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="357" spans="1:12">
       <c r="A357">
         <v>460</v>
       </c>
       <c r="B357">
         <v>2</v>
       </c>
       <c r="C357" t="s">
         <v>186</v>
       </c>
       <c r="D357" t="s">
         <v>468</v>
       </c>
       <c r="E357">
         <v>4</v>
       </c>
       <c r="F357">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G357">
         <v>10</v>
       </c>
       <c r="H357">
         <v>29</v>
       </c>
       <c r="I357">
         <v>39</v>
       </c>
       <c r="J357">
         <v>20</v>
       </c>
       <c r="K357">
         <v>10</v>
       </c>
       <c r="L357" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="358" spans="1:12">
       <c r="A358">
         <v>461</v>
       </c>
       <c r="B358">
@@ -14894,89 +14900,89 @@
       </c>
       <c r="K358">
         <v>4</v>
       </c>
       <c r="L358" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="359" spans="1:12">
       <c r="A359">
         <v>462</v>
       </c>
       <c r="B359">
         <v>17</v>
       </c>
       <c r="C359" t="s">
         <v>203</v>
       </c>
       <c r="D359" t="s">
         <v>403</v>
       </c>
       <c r="E359">
         <v>4</v>
       </c>
       <c r="F359">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G359">
         <v>3</v>
       </c>
       <c r="H359">
         <v>10</v>
       </c>
       <c r="I359">
         <v>13</v>
       </c>
       <c r="J359">
         <v>18</v>
       </c>
       <c r="K359">
         <v>9</v>
       </c>
       <c r="L359" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="360" spans="1:12">
       <c r="A360">
         <v>463</v>
       </c>
       <c r="B360">
         <v>15</v>
       </c>
       <c r="C360" t="s">
         <v>32</v>
       </c>
       <c r="D360" t="s">
         <v>338</v>
       </c>
       <c r="E360">
         <v>4</v>
       </c>
       <c r="F360">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G360">
         <v>23</v>
       </c>
       <c r="H360">
         <v>22</v>
       </c>
       <c r="I360">
         <v>45</v>
       </c>
       <c r="J360">
         <v>8</v>
       </c>
       <c r="K360">
         <v>4</v>
       </c>
       <c r="L360" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="361" spans="1:12">
       <c r="A361">
         <v>465</v>
       </c>
       <c r="B361">
@@ -15425,51 +15431,51 @@
       </c>
       <c r="K373">
         <v>1</v>
       </c>
       <c r="L373" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="374" spans="1:12">
       <c r="A374">
         <v>481</v>
       </c>
       <c r="B374">
         <v>10</v>
       </c>
       <c r="C374" t="s">
         <v>477</v>
       </c>
       <c r="D374" t="s">
         <v>478</v>
       </c>
       <c r="E374">
         <v>4</v>
       </c>
       <c r="F374">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G374">
         <v>13</v>
       </c>
       <c r="H374">
         <v>8</v>
       </c>
       <c r="I374">
         <v>21</v>
       </c>
       <c r="J374">
         <v>12</v>
       </c>
       <c r="K374">
         <v>6</v>
       </c>
       <c r="L374" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="375" spans="1:12">
       <c r="A375">
         <v>482</v>
       </c>
       <c r="C375" t="s">
@@ -15538,51 +15544,51 @@
       </c>
       <c r="I377">
         <v>1</v>
       </c>
       <c r="L377" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="378" spans="1:12">
       <c r="A378">
         <v>492</v>
       </c>
       <c r="B378">
         <v>11</v>
       </c>
       <c r="C378" t="s">
         <v>181</v>
       </c>
       <c r="D378" t="s">
         <v>182</v>
       </c>
       <c r="E378">
         <v>4</v>
       </c>
       <c r="F378">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G378">
         <v>6</v>
       </c>
       <c r="H378">
         <v>15</v>
       </c>
       <c r="I378">
         <v>21</v>
       </c>
       <c r="J378">
         <v>18</v>
       </c>
       <c r="K378">
         <v>8</v>
       </c>
       <c r="L378" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="379" spans="1:12">
       <c r="A379">
         <v>493</v>
       </c>
       <c r="B379">
@@ -15881,51 +15887,51 @@
       </c>
       <c r="K388">
         <v>8</v>
       </c>
       <c r="L388" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="389" spans="1:12">
       <c r="A389">
         <v>509</v>
       </c>
       <c r="B389">
         <v>20</v>
       </c>
       <c r="C389" t="s">
         <v>48</v>
       </c>
       <c r="D389" t="s">
         <v>404</v>
       </c>
       <c r="E389">
         <v>4</v>
       </c>
       <c r="F389">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G389">
         <v>10</v>
       </c>
       <c r="H389">
         <v>15</v>
       </c>
       <c r="I389">
         <v>25</v>
       </c>
       <c r="J389">
         <v>12</v>
       </c>
       <c r="K389">
         <v>6</v>
       </c>
       <c r="L389" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="390" spans="1:12">
       <c r="A390">
         <v>511</v>
       </c>
       <c r="B390">
@@ -15942,51 +15948,51 @@
       </c>
       <c r="F390">
         <v>5</v>
       </c>
       <c r="L390" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="391" spans="1:12">
       <c r="A391">
         <v>513</v>
       </c>
       <c r="B391">
         <v>28</v>
       </c>
       <c r="C391" t="s">
         <v>489</v>
       </c>
       <c r="D391" t="s">
         <v>490</v>
       </c>
       <c r="E391">
         <v>11</v>
       </c>
       <c r="F391">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G391">
         <v>21</v>
       </c>
       <c r="H391">
         <v>37</v>
       </c>
       <c r="I391">
         <v>58</v>
       </c>
       <c r="J391">
         <v>4</v>
       </c>
       <c r="K391">
         <v>2</v>
       </c>
       <c r="L391" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="392" spans="1:12">
       <c r="A392">
         <v>514</v>
       </c>
       <c r="B392">
@@ -16455,89 +16461,89 @@
       </c>
       <c r="K405">
         <v>3</v>
       </c>
       <c r="L405" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="406" spans="1:12">
       <c r="A406">
         <v>539</v>
       </c>
       <c r="B406">
         <v>6</v>
       </c>
       <c r="C406" t="s">
         <v>203</v>
       </c>
       <c r="D406" t="s">
         <v>507</v>
       </c>
       <c r="E406">
         <v>4</v>
       </c>
       <c r="F406">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G406">
         <v>34</v>
       </c>
       <c r="H406">
         <v>30</v>
       </c>
       <c r="I406">
         <v>64</v>
       </c>
       <c r="J406">
         <v>4</v>
       </c>
       <c r="K406">
         <v>2</v>
       </c>
       <c r="L406" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="407" spans="1:12">
       <c r="A407">
         <v>540</v>
       </c>
       <c r="B407">
         <v>23</v>
       </c>
       <c r="C407" t="s">
         <v>508</v>
       </c>
       <c r="D407" t="s">
         <v>509</v>
       </c>
       <c r="E407">
         <v>4</v>
       </c>
       <c r="F407">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G407">
         <v>10</v>
       </c>
       <c r="H407">
         <v>12</v>
       </c>
       <c r="I407">
         <v>22</v>
       </c>
       <c r="J407">
         <v>2</v>
       </c>
       <c r="K407">
         <v>1</v>
       </c>
       <c r="L407" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="408" spans="1:12">
       <c r="A408">
         <v>541</v>
       </c>
       <c r="B408">
@@ -16892,51 +16898,51 @@
       </c>
       <c r="K418">
         <v>4</v>
       </c>
       <c r="L418" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="419" spans="1:12">
       <c r="A419">
         <v>561</v>
       </c>
       <c r="B419">
         <v>9</v>
       </c>
       <c r="C419" t="s">
         <v>164</v>
       </c>
       <c r="D419" t="s">
         <v>520</v>
       </c>
       <c r="E419">
         <v>4</v>
       </c>
       <c r="F419">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G419">
         <v>32</v>
       </c>
       <c r="H419">
         <v>31</v>
       </c>
       <c r="I419">
         <v>63</v>
       </c>
       <c r="J419">
         <v>14</v>
       </c>
       <c r="K419">
         <v>7</v>
       </c>
       <c r="L419" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="420" spans="1:12">
       <c r="A420">
         <v>562</v>
       </c>
       <c r="B420">
@@ -17638,763 +17644,763 @@
       </c>
       <c r="I440">
         <v>3</v>
       </c>
       <c r="L440" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="441" spans="1:12">
       <c r="A441">
         <v>590</v>
       </c>
       <c r="B441">
         <v>3</v>
       </c>
       <c r="C441" t="s">
         <v>147</v>
       </c>
       <c r="D441" t="s">
         <v>171</v>
       </c>
       <c r="E441">
         <v>4</v>
       </c>
       <c r="F441">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H441">
         <v>2</v>
       </c>
       <c r="I441">
         <v>2</v>
       </c>
       <c r="J441">
         <v>2</v>
       </c>
       <c r="K441">
         <v>1</v>
       </c>
       <c r="L441" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="442" spans="1:12">
       <c r="A442">
         <v>591</v>
       </c>
       <c r="B442">
         <v>12</v>
       </c>
       <c r="C442" t="s">
         <v>98</v>
       </c>
       <c r="D442" t="s">
         <v>497</v>
       </c>
       <c r="E442">
         <v>4</v>
       </c>
       <c r="F442">
         <v>21</v>
       </c>
       <c r="G442">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H442">
         <v>6</v>
       </c>
       <c r="I442">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="J442">
         <v>4</v>
       </c>
       <c r="K442">
         <v>2</v>
       </c>
       <c r="L442" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="443" spans="1:12">
       <c r="A443">
         <v>592</v>
       </c>
       <c r="B443">
         <v>1</v>
       </c>
       <c r="C443" t="s">
         <v>46</v>
       </c>
       <c r="D443" t="s">
         <v>404</v>
       </c>
       <c r="E443">
         <v>16</v>
       </c>
       <c r="F443">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G443">
         <v>6</v>
       </c>
       <c r="H443">
         <v>8</v>
       </c>
       <c r="I443">
         <v>14</v>
       </c>
       <c r="J443">
         <v>2</v>
       </c>
       <c r="K443">
         <v>1</v>
       </c>
       <c r="L443" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="444" spans="1:12">
       <c r="A444">
         <v>593</v>
       </c>
       <c r="B444">
         <v>4</v>
       </c>
       <c r="C444" t="s">
         <v>541</v>
       </c>
       <c r="D444" t="s">
         <v>542</v>
       </c>
       <c r="E444">
         <v>16</v>
       </c>
       <c r="F444">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H444">
         <v>1</v>
       </c>
       <c r="I444">
         <v>1</v>
       </c>
       <c r="J444">
         <v>14</v>
       </c>
       <c r="K444">
         <v>7</v>
       </c>
       <c r="L444" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="445" spans="1:12">
       <c r="A445">
         <v>594</v>
       </c>
       <c r="B445">
         <v>6</v>
       </c>
       <c r="C445" t="s">
         <v>308</v>
       </c>
       <c r="D445" t="s">
         <v>543</v>
       </c>
       <c r="E445">
         <v>16</v>
       </c>
       <c r="F445">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G445">
         <v>2</v>
       </c>
       <c r="H445">
         <v>6</v>
       </c>
       <c r="I445">
         <v>8</v>
       </c>
       <c r="J445">
         <v>20</v>
       </c>
       <c r="K445">
         <v>11</v>
       </c>
       <c r="L445" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="446" spans="1:12">
       <c r="A446">
         <v>595</v>
       </c>
       <c r="B446">
         <v>7</v>
       </c>
       <c r="C446" t="s">
         <v>30</v>
       </c>
       <c r="D446" t="s">
         <v>544</v>
       </c>
       <c r="E446">
         <v>16</v>
       </c>
       <c r="F446">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G446">
         <v>1</v>
       </c>
       <c r="H446">
         <v>8</v>
       </c>
       <c r="I446">
         <v>9</v>
       </c>
       <c r="J446">
         <v>6</v>
       </c>
       <c r="K446">
         <v>3</v>
       </c>
       <c r="L446" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="447" spans="1:12">
       <c r="A447">
         <v>596</v>
       </c>
       <c r="B447">
         <v>9</v>
       </c>
       <c r="C447" t="s">
         <v>545</v>
       </c>
       <c r="D447" t="s">
         <v>546</v>
       </c>
       <c r="E447">
         <v>16</v>
       </c>
       <c r="F447">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H447">
         <v>2</v>
       </c>
       <c r="I447">
         <v>2</v>
       </c>
       <c r="J447">
         <v>6</v>
       </c>
       <c r="K447">
         <v>3</v>
       </c>
       <c r="L447" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="448" spans="1:12">
       <c r="A448">
         <v>597</v>
       </c>
       <c r="B448">
         <v>11</v>
       </c>
       <c r="C448" t="s">
         <v>38</v>
       </c>
       <c r="D448" t="s">
         <v>449</v>
       </c>
       <c r="E448">
         <v>16</v>
       </c>
       <c r="F448">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G448">
         <v>1</v>
       </c>
       <c r="H448">
         <v>6</v>
       </c>
       <c r="I448">
         <v>7</v>
       </c>
       <c r="J448">
         <v>10</v>
       </c>
       <c r="K448">
         <v>5</v>
       </c>
       <c r="L448" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="449" spans="1:12">
       <c r="A449">
         <v>598</v>
       </c>
       <c r="B449">
         <v>12</v>
       </c>
       <c r="C449" t="s">
         <v>306</v>
       </c>
       <c r="D449" t="s">
         <v>547</v>
       </c>
       <c r="E449">
         <v>16</v>
       </c>
       <c r="F449">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G449">
         <v>15</v>
       </c>
       <c r="H449">
         <v>9</v>
       </c>
       <c r="I449">
         <v>24</v>
       </c>
       <c r="J449">
         <v>4</v>
       </c>
       <c r="K449">
         <v>2</v>
       </c>
       <c r="L449" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="450" spans="1:12">
       <c r="A450">
         <v>599</v>
       </c>
       <c r="B450">
         <v>16</v>
       </c>
       <c r="C450" t="s">
         <v>216</v>
       </c>
       <c r="D450" t="s">
         <v>548</v>
       </c>
       <c r="E450">
         <v>16</v>
       </c>
       <c r="F450">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G450">
         <v>1</v>
       </c>
       <c r="H450">
         <v>1</v>
       </c>
       <c r="I450">
         <v>2</v>
       </c>
       <c r="L450" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="451" spans="1:12">
       <c r="A451">
         <v>600</v>
       </c>
       <c r="B451">
         <v>20</v>
       </c>
       <c r="C451" t="s">
         <v>15</v>
       </c>
       <c r="D451" t="s">
         <v>77</v>
       </c>
       <c r="E451">
         <v>16</v>
       </c>
       <c r="F451">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G451">
         <v>2</v>
       </c>
       <c r="H451">
         <v>9</v>
       </c>
       <c r="I451">
         <v>11</v>
       </c>
       <c r="L451" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="452" spans="1:12">
       <c r="A452">
         <v>601</v>
       </c>
       <c r="B452">
         <v>21</v>
       </c>
       <c r="C452" t="s">
         <v>200</v>
       </c>
       <c r="D452" t="s">
         <v>549</v>
       </c>
       <c r="E452">
         <v>16</v>
       </c>
       <c r="F452">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="H452">
         <v>3</v>
       </c>
       <c r="I452">
         <v>3</v>
       </c>
       <c r="L452" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="453" spans="1:12">
       <c r="A453">
         <v>602</v>
       </c>
       <c r="B453">
         <v>24</v>
       </c>
       <c r="C453" t="s">
         <v>219</v>
       </c>
       <c r="D453" t="s">
         <v>49</v>
       </c>
       <c r="E453">
         <v>16</v>
       </c>
       <c r="F453">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G453">
         <v>1</v>
       </c>
       <c r="H453">
         <v>8</v>
       </c>
       <c r="I453">
         <v>9</v>
       </c>
       <c r="J453">
         <v>6</v>
       </c>
       <c r="K453">
         <v>3</v>
       </c>
       <c r="L453" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="454" spans="1:12">
       <c r="A454">
         <v>603</v>
       </c>
       <c r="B454">
         <v>88</v>
       </c>
       <c r="C454" t="s">
         <v>550</v>
       </c>
       <c r="D454" t="s">
         <v>551</v>
       </c>
       <c r="E454">
         <v>16</v>
       </c>
       <c r="F454">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G454">
         <v>1</v>
       </c>
       <c r="H454">
         <v>2</v>
       </c>
       <c r="I454">
         <v>3</v>
       </c>
       <c r="J454">
         <v>2</v>
       </c>
       <c r="K454">
         <v>1</v>
       </c>
       <c r="L454" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="455" spans="1:12">
       <c r="A455">
         <v>604</v>
       </c>
       <c r="B455">
         <v>66</v>
       </c>
       <c r="C455" t="s">
         <v>68</v>
       </c>
       <c r="D455" t="s">
         <v>552</v>
       </c>
       <c r="E455">
         <v>16</v>
       </c>
       <c r="F455">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G455">
         <v>14</v>
       </c>
       <c r="H455">
         <v>16</v>
       </c>
       <c r="I455">
         <v>30</v>
       </c>
       <c r="J455">
         <v>4</v>
       </c>
       <c r="K455">
         <v>2</v>
       </c>
       <c r="L455" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="456" spans="1:12">
       <c r="A456">
         <v>605</v>
       </c>
       <c r="B456">
         <v>13</v>
       </c>
       <c r="C456" t="s">
         <v>98</v>
       </c>
       <c r="D456" t="s">
         <v>553</v>
       </c>
       <c r="E456">
         <v>16</v>
       </c>
       <c r="F456">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G456">
         <v>4</v>
       </c>
       <c r="H456">
         <v>5</v>
       </c>
       <c r="I456">
         <v>9</v>
       </c>
       <c r="J456">
         <v>2</v>
       </c>
       <c r="K456">
         <v>1</v>
       </c>
       <c r="L456" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="457" spans="1:12">
       <c r="A457">
         <v>606</v>
       </c>
       <c r="B457">
         <v>15</v>
       </c>
       <c r="C457" t="s">
         <v>96</v>
       </c>
       <c r="D457" t="s">
         <v>554</v>
       </c>
       <c r="E457">
         <v>16</v>
       </c>
       <c r="F457">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G457">
         <v>6</v>
       </c>
       <c r="H457">
         <v>9</v>
       </c>
       <c r="I457">
         <v>15</v>
       </c>
       <c r="J457">
         <v>2</v>
       </c>
       <c r="K457">
         <v>1</v>
       </c>
       <c r="L457" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="458" spans="1:12">
       <c r="A458">
         <v>607</v>
       </c>
       <c r="B458">
         <v>5</v>
       </c>
       <c r="C458" t="s">
         <v>555</v>
       </c>
       <c r="D458" t="s">
         <v>556</v>
       </c>
       <c r="E458">
         <v>16</v>
       </c>
       <c r="F458">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G458">
         <v>2</v>
       </c>
       <c r="I458">
         <v>2</v>
       </c>
       <c r="L458" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="459" spans="1:12">
       <c r="A459">
         <v>608</v>
       </c>
       <c r="B459">
         <v>8</v>
       </c>
       <c r="C459" t="s">
         <v>360</v>
       </c>
       <c r="D459" t="s">
         <v>557</v>
       </c>
       <c r="E459">
         <v>16</v>
       </c>
       <c r="F459">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G459">
         <v>6</v>
       </c>
       <c r="H459">
         <v>4</v>
       </c>
       <c r="I459">
         <v>10</v>
       </c>
       <c r="J459">
         <v>4</v>
       </c>
       <c r="K459">
         <v>2</v>
       </c>
       <c r="L459" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="460" spans="1:12">
       <c r="A460">
         <v>609</v>
       </c>
       <c r="B460">
         <v>10</v>
       </c>
       <c r="C460" t="s">
         <v>70</v>
       </c>
       <c r="D460" t="s">
         <v>243</v>
       </c>
       <c r="E460">
         <v>16</v>
       </c>
       <c r="F460">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="H460">
         <v>1</v>
       </c>
       <c r="I460">
         <v>1</v>
       </c>
       <c r="L460" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="461" spans="1:12">
       <c r="A461">
         <v>610</v>
       </c>
       <c r="B461">
         <v>17</v>
       </c>
       <c r="C461" t="s">
         <v>147</v>
       </c>
       <c r="D461" t="s">
         <v>558</v>
       </c>
       <c r="E461">
         <v>16</v>
       </c>
       <c r="F461">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G461">
         <v>1</v>
       </c>
       <c r="H461">
         <v>3</v>
       </c>
       <c r="I461">
         <v>4</v>
       </c>
       <c r="L461" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="462" spans="1:12">
       <c r="A462">
         <v>612</v>
       </c>
       <c r="B462">
         <v>5</v>
       </c>
       <c r="C462" t="s">
         <v>257</v>
       </c>
       <c r="D462" t="s">
@@ -18513,168 +18519,168 @@
       </c>
       <c r="J465">
         <v>6</v>
       </c>
       <c r="K465">
         <v>3</v>
       </c>
       <c r="L465" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="466" spans="1:12">
       <c r="A466">
         <v>616</v>
       </c>
       <c r="B466">
         <v>12</v>
       </c>
       <c r="C466" t="s">
         <v>154</v>
       </c>
       <c r="D466" t="s">
         <v>562</v>
       </c>
       <c r="E466">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F466">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G466">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="H466">
         <v>6</v>
       </c>
       <c r="I466">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="J466">
         <v>4</v>
       </c>
       <c r="K466">
         <v>2</v>
       </c>
       <c r="L466" t="s">
-        <v>202</v>
+        <v>227</v>
       </c>
     </row>
     <row r="467" spans="1:12">
       <c r="A467">
         <v>617</v>
       </c>
       <c r="B467">
         <v>66</v>
       </c>
       <c r="C467" t="s">
         <v>563</v>
       </c>
       <c r="D467" t="s">
         <v>453</v>
       </c>
       <c r="E467">
         <v>7</v>
       </c>
       <c r="F467">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G467">
         <v>3</v>
       </c>
       <c r="H467">
         <v>1</v>
       </c>
       <c r="I467">
         <v>4</v>
       </c>
       <c r="J467">
         <v>6</v>
       </c>
       <c r="K467">
         <v>3</v>
       </c>
       <c r="L467" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="468" spans="1:12">
       <c r="A468">
         <v>618</v>
       </c>
       <c r="B468">
         <v>24</v>
       </c>
       <c r="C468" t="s">
         <v>30</v>
       </c>
       <c r="D468" t="s">
         <v>531</v>
       </c>
       <c r="E468">
         <v>11</v>
       </c>
       <c r="F468">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G468">
         <v>5</v>
       </c>
       <c r="H468">
         <v>3</v>
       </c>
       <c r="I468">
         <v>8</v>
       </c>
       <c r="J468">
         <v>8</v>
       </c>
       <c r="K468">
         <v>3</v>
       </c>
       <c r="L468" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="469" spans="1:12">
       <c r="A469">
         <v>619</v>
       </c>
       <c r="B469">
         <v>21</v>
       </c>
       <c r="C469" t="s">
         <v>564</v>
       </c>
       <c r="D469" t="s">
         <v>565</v>
       </c>
       <c r="E469">
         <v>4</v>
       </c>
       <c r="F469">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G469">
         <v>3</v>
       </c>
       <c r="H469">
         <v>1</v>
       </c>
       <c r="I469">
         <v>4</v>
       </c>
       <c r="J469">
         <v>4</v>
       </c>
       <c r="K469">
         <v>2</v>
       </c>
       <c r="L469" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="470" spans="1:12">
       <c r="A470">
         <v>622</v>
       </c>
       <c r="B470">
@@ -18697,127 +18703,127 @@
       </c>
       <c r="I470">
         <v>1</v>
       </c>
       <c r="L470" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="471" spans="1:12">
       <c r="A471">
         <v>623</v>
       </c>
       <c r="B471">
         <v>11</v>
       </c>
       <c r="C471" t="s">
         <v>36</v>
       </c>
       <c r="D471" t="s">
         <v>567</v>
       </c>
       <c r="E471">
         <v>11</v>
       </c>
       <c r="F471">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G471">
         <v>2</v>
       </c>
       <c r="H471">
         <v>6</v>
       </c>
       <c r="I471">
         <v>8</v>
       </c>
       <c r="J471">
         <v>2</v>
       </c>
       <c r="K471">
         <v>1</v>
       </c>
       <c r="L471" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="472" spans="1:12">
       <c r="A472">
         <v>628</v>
       </c>
       <c r="B472">
         <v>23</v>
       </c>
       <c r="C472" t="s">
         <v>498</v>
       </c>
       <c r="D472" t="s">
         <v>457</v>
       </c>
       <c r="E472">
         <v>7</v>
       </c>
       <c r="F472">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G472">
         <v>1</v>
       </c>
       <c r="H472">
         <v>1</v>
       </c>
       <c r="I472">
         <v>2</v>
       </c>
       <c r="J472">
         <v>2</v>
       </c>
       <c r="K472">
         <v>1</v>
       </c>
       <c r="L472" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="473" spans="1:12">
       <c r="A473">
         <v>631</v>
       </c>
       <c r="B473">
         <v>16</v>
       </c>
       <c r="C473" t="s">
         <v>70</v>
       </c>
       <c r="D473" t="s">
         <v>568</v>
       </c>
       <c r="E473">
         <v>11</v>
       </c>
       <c r="F473">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G473">
         <v>4</v>
       </c>
       <c r="H473">
         <v>27</v>
       </c>
       <c r="I473">
         <v>31</v>
       </c>
       <c r="J473">
         <v>4</v>
       </c>
       <c r="K473">
         <v>1</v>
       </c>
       <c r="L473" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="474" spans="1:12">
       <c r="A474">
         <v>632</v>
       </c>
       <c r="B474">
@@ -18834,51 +18840,51 @@
       </c>
       <c r="F474">
         <v>2</v>
       </c>
       <c r="L474" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="475" spans="1:12">
       <c r="A475">
         <v>633</v>
       </c>
       <c r="B475">
         <v>33</v>
       </c>
       <c r="C475" t="s">
         <v>330</v>
       </c>
       <c r="D475" t="s">
         <v>331</v>
       </c>
       <c r="E475">
         <v>11</v>
       </c>
       <c r="F475">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G475">
         <v>5</v>
       </c>
       <c r="H475">
         <v>12</v>
       </c>
       <c r="I475">
         <v>17</v>
       </c>
       <c r="J475">
         <v>2</v>
       </c>
       <c r="K475">
         <v>1</v>
       </c>
       <c r="L475" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="476" spans="1:12">
       <c r="A476">
         <v>635</v>
       </c>
       <c r="B476">
@@ -19009,50 +19015,79 @@
       <c r="I480">
         <v>3</v>
       </c>
       <c r="L480" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="481" spans="1:12">
       <c r="A481">
         <v>658</v>
       </c>
       <c r="B481">
         <v>44</v>
       </c>
       <c r="C481" t="s">
         <v>574</v>
       </c>
       <c r="D481" t="s">
         <v>575</v>
       </c>
       <c r="E481">
         <v>1</v>
       </c>
       <c r="L481" t="s">
         <v>53</v>
+      </c>
+    </row>
+    <row r="482" spans="1:12">
+      <c r="A482">
+        <v>662</v>
+      </c>
+      <c r="B482">
+        <v>1</v>
+      </c>
+      <c r="C482" t="s">
+        <v>574</v>
+      </c>
+      <c r="D482" t="s">
+        <v>576</v>
+      </c>
+      <c r="E482">
+        <v>20</v>
+      </c>
+      <c r="F482">
+        <v>1</v>
+      </c>
+      <c r="H482">
+        <v>1</v>
+      </c>
+      <c r="I482">
+        <v>1</v>
+      </c>
+      <c r="L482" t="s">
+        <v>577</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">