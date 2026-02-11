--- v0 (2025-12-06)
+++ v1 (2026-02-11)
@@ -12,920 +12,467 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Skaters" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Assists</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Pims</t>
   </si>
   <si>
     <t>Pen Instances</t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
-    <t>Trevor</t>
-[...5 lines deleted...]
-    <t>{"Blue Goose":6}</t>
+    <t>Warren</t>
+  </si>
+  <si>
+    <t>Nazareth</t>
+  </si>
+  <si>
+    <t>{"Mimico Creaks":5}</t>
+  </si>
+  <si>
+    <t>Tim</t>
+  </si>
+  <si>
+    <t>Lang</t>
+  </si>
+  <si>
+    <t>Frank</t>
+  </si>
+  <si>
+    <t>Gruszewski</t>
+  </si>
+  <si>
+    <t>Chris</t>
+  </si>
+  <si>
+    <t>Romanick</t>
+  </si>
+  <si>
+    <t>Don</t>
+  </si>
+  <si>
+    <t>Archibald</t>
+  </si>
+  <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>Booth</t>
+  </si>
+  <si>
+    <t>Rob</t>
+  </si>
+  <si>
+    <t>Silvestri</t>
+  </si>
+  <si>
+    <t>Craig</t>
+  </si>
+  <si>
+    <t>Stadig</t>
+  </si>
+  <si>
+    <t>Adam</t>
+  </si>
+  <si>
+    <t>Smith</t>
+  </si>
+  <si>
+    <t>Grosse</t>
+  </si>
+  <si>
+    <t>Geoff</t>
+  </si>
+  <si>
+    <t>Kidder</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>Zarand</t>
+  </si>
+  <si>
+    <t>Jeff</t>
+  </si>
+  <si>
+    <t>Weir</t>
+  </si>
+  <si>
+    <t>Beechey</t>
+  </si>
+  <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>Marshall</t>
+  </si>
+  <si>
+    <t>{"Mimico Old Boys":8}</t>
+  </si>
+  <si>
+    <t>Max</t>
+  </si>
+  <si>
+    <t>Stiles</t>
+  </si>
+  <si>
+    <t>Sharpe</t>
+  </si>
+  <si>
+    <t>Vilip</t>
+  </si>
+  <si>
+    <t>Mak</t>
+  </si>
+  <si>
+    <t>Kevin</t>
+  </si>
+  <si>
+    <t>Johnson</t>
+  </si>
+  <si>
+    <t>Terry</t>
+  </si>
+  <si>
+    <t>Durette</t>
+  </si>
+  <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>Giacco</t>
+  </si>
+  <si>
+    <t>Ken</t>
+  </si>
+  <si>
+    <t>Graydon</t>
+  </si>
+  <si>
+    <t>Blair</t>
+  </si>
+  <si>
+    <t>Cameron</t>
+  </si>
+  <si>
+    <t>Shawn</t>
+  </si>
+  <si>
+    <t>Hughes</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>Coon</t>
+  </si>
+  <si>
+    <t>Szarka</t>
+  </si>
+  <si>
+    <t>Juilian</t>
+  </si>
+  <si>
+    <t>Deschatelets</t>
+  </si>
+  <si>
+    <t>Sirna</t>
+  </si>
+  <si>
+    <t>{"Etobicoke Wings":4}</t>
+  </si>
+  <si>
+    <t>Evan</t>
+  </si>
+  <si>
+    <t>Bolsby</t>
+  </si>
+  <si>
+    <t>Dave</t>
+  </si>
+  <si>
+    <t>O'Laughlin</t>
+  </si>
+  <si>
+    <t>Cantwell</t>
+  </si>
+  <si>
+    <t>Wayne</t>
+  </si>
+  <si>
+    <t>Banon</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Riopelle</t>
+  </si>
+  <si>
+    <t>Quigley</t>
+  </si>
+  <si>
+    <t>Kirby</t>
+  </si>
+  <si>
+    <t>Ron</t>
+  </si>
+  <si>
+    <t>Cottes</t>
+  </si>
+  <si>
+    <t>Dan</t>
+  </si>
+  <si>
+    <t>Marr</t>
+  </si>
+  <si>
+    <t>{"Mimico Blues":9}</t>
+  </si>
+  <si>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Poll</t>
+  </si>
+  <si>
+    <t>Ross</t>
+  </si>
+  <si>
+    <t>Simnor</t>
+  </si>
+  <si>
+    <t>Jeremy</t>
+  </si>
+  <si>
+    <t>Philips</t>
+  </si>
+  <si>
+    <t>Ferris</t>
+  </si>
+  <si>
+    <t>Eng</t>
+  </si>
+  <si>
+    <t>Brano</t>
+  </si>
+  <si>
+    <t>Molnar</t>
+  </si>
+  <si>
+    <t>Tedford</t>
+  </si>
+  <si>
+    <t>Guy</t>
+  </si>
+  <si>
+    <t>Griffith</t>
+  </si>
+  <si>
+    <t>Bill</t>
+  </si>
+  <si>
+    <t>Kotis</t>
+  </si>
+  <si>
+    <t>Burleigh</t>
+  </si>
+  <si>
+    <t>Pollock</t>
   </si>
   <si>
     <t>Mike</t>
   </si>
   <si>
-    <t>MacMillan</t>
-[...62 lines deleted...]
-    <t>Paric</t>
+    <t>Waddell</t>
+  </si>
+  <si>
+    <t>Rado</t>
+  </si>
+  <si>
+    <t>Pencak</t>
+  </si>
+  <si>
+    <t>Lucas</t>
+  </si>
+  <si>
+    <t>Novak</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>Northcote</t>
+  </si>
+  <si>
+    <t>Rick</t>
+  </si>
+  <si>
+    <t>Thompson</t>
+  </si>
+  <si>
+    <t>Phil</t>
+  </si>
+  <si>
+    <t>Milne</t>
+  </si>
+  <si>
+    <t>Byrne</t>
+  </si>
+  <si>
+    <t>Jamie</t>
+  </si>
+  <si>
+    <t>Allan</t>
+  </si>
+  <si>
+    <t>Wasylycia</t>
+  </si>
+  <si>
+    <t>MacMillian</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>Barter</t>
   </si>
   <si>
     <t>Mark</t>
   </si>
   <si>
-    <t>Gordon</t>
-[...29 lines deleted...]
-    <t>Finlayson</t>
+    <t>Trainor</t>
+  </si>
+  <si>
+    <t>Fred</t>
+  </si>
+  <si>
+    <t>Rush</t>
+  </si>
+  <si>
+    <t>Theodore</t>
+  </si>
+  <si>
+    <t>Linseman</t>
+  </si>
+  <si>
+    <t>Jason</t>
+  </si>
+  <si>
+    <t>Leggett</t>
   </si>
   <si>
     <t>Steve</t>
   </si>
   <si>
-    <t>Daly</t>
-[...119 lines deleted...]
-    <t>Deschatelets</t>
+    <t>Pinnock</t>
+  </si>
+  <si>
+    <t>Gabe</t>
+  </si>
+  <si>
+    <t>Hogan</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>Land</t>
+  </si>
+  <si>
+    <t>Khan</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
-    <t>Santos</t>
-[...83 lines deleted...]
-    <t>Guida</t>
+    <t>Neto</t>
+  </si>
+  <si>
+    <t>Jay</t>
+  </si>
+  <si>
+    <t>Stenhouse</t>
   </si>
   <si>
     <t>Reggie</t>
   </si>
   <si>
     <t>Reyes</t>
-  </si>
-[...496 lines deleted...]
-    <t>Maly</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1228,51 +775,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L176"/>
+  <dimension ref="A1:L70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -1289,4332 +836,2164 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="B2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2">
+        <v>5</v>
+      </c>
+      <c r="F2">
+        <v>4</v>
+      </c>
+      <c r="G2">
+        <v>2</v>
+      </c>
+      <c r="H2">
         <v>6</v>
       </c>
-      <c r="F2">
-[...4 lines deleted...]
-      </c>
       <c r="I2">
-        <v>1</v>
+        <v>8</v>
+      </c>
+      <c r="J2">
+        <v>6</v>
+      </c>
+      <c r="K2">
+        <v>2</v>
       </c>
       <c r="L2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3">
-        <v>2</v>
+        <v>46</v>
       </c>
       <c r="B3">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F3">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>2</v>
+      </c>
+      <c r="H3">
+        <v>1</v>
+      </c>
+      <c r="I3">
+        <v>1</v>
       </c>
       <c r="L3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4">
-        <v>4</v>
+        <v>47</v>
       </c>
       <c r="B4">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F4">
         <v>3</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
-      <c r="H4">
-[...1 lines deleted...]
-      </c>
       <c r="I4">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
       <c r="L4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B5">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E5">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I5">
+        <v>2</v>
+      </c>
+      <c r="J5">
+        <v>3</v>
+      </c>
+      <c r="K5">
         <v>1</v>
       </c>
       <c r="L5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="B6">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E6">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F6">
-        <v>3</v>
-[...7 lines deleted...]
-      <c r="I6">
         <v>2</v>
       </c>
       <c r="L6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7">
+        <v>50</v>
+      </c>
+      <c r="B7">
         <v>12</v>
       </c>
-      <c r="B7">
+      <c r="C7" t="s">
         <v>23</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E7">
+        <v>5</v>
+      </c>
+      <c r="F7">
+        <v>4</v>
+      </c>
+      <c r="H7">
+        <v>2</v>
+      </c>
+      <c r="I7">
+        <v>2</v>
+      </c>
+      <c r="J7">
         <v>6</v>
       </c>
-      <c r="F7">
-        <v>3</v>
+      <c r="K7">
+        <v>2</v>
       </c>
       <c r="L7" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="B8">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E8">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F8">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="G8">
+        <v>3</v>
+      </c>
+      <c r="H8">
+        <v>4</v>
+      </c>
+      <c r="I8">
+        <v>7</v>
       </c>
       <c r="J8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L8" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="B9">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E9">
+        <v>5</v>
+      </c>
+      <c r="F9">
+        <v>3</v>
+      </c>
+      <c r="G9">
+        <v>3</v>
+      </c>
+      <c r="H9">
+        <v>3</v>
+      </c>
+      <c r="I9">
         <v>6</v>
       </c>
-      <c r="F9">
-[...1 lines deleted...]
-      </c>
       <c r="J9">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="K9">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L9" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="B10">
-        <v>67</v>
+        <v>24</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E10">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F10">
-        <v>3</v>
-[...4 lines deleted...]
-      <c r="K10">
         <v>1</v>
       </c>
       <c r="L10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="B11">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>31</v>
       </c>
       <c r="E11">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
-        <v>23</v>
+        <v>58</v>
+      </c>
+      <c r="B12">
+        <v>27</v>
       </c>
       <c r="C12" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E12">
+        <v>5</v>
+      </c>
+      <c r="F12">
+        <v>1</v>
+      </c>
+      <c r="G12">
+        <v>1</v>
+      </c>
+      <c r="I12">
         <v>1</v>
       </c>
       <c r="L12" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="B13">
-        <v>5</v>
+        <v>52</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
         <v>35</v>
       </c>
       <c r="E13">
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="F13">
+        <v>4</v>
+      </c>
+      <c r="H13">
+        <v>5</v>
+      </c>
+      <c r="I13">
+        <v>5</v>
       </c>
       <c r="L13" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
-        <v>25</v>
+        <v>61</v>
+      </c>
+      <c r="B14">
+        <v>95</v>
       </c>
       <c r="C14" t="s">
         <v>36</v>
       </c>
       <c r="D14" t="s">
         <v>37</v>
       </c>
       <c r="E14">
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="F14">
+        <v>4</v>
       </c>
       <c r="L14" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="C15" t="s">
+        <v>19</v>
+      </c>
+      <c r="D15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="L15" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="B16">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
         <v>40</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16">
+        <v>8</v>
+      </c>
+      <c r="F16">
+        <v>4</v>
+      </c>
+      <c r="G16">
+        <v>4</v>
+      </c>
+      <c r="H16">
+        <v>2</v>
+      </c>
+      <c r="I16">
+        <v>6</v>
+      </c>
+      <c r="L16" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="B17">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C17" t="s">
         <v>42</v>
       </c>
       <c r="D17" t="s">
         <v>43</v>
       </c>
       <c r="E17">
+        <v>8</v>
+      </c>
+      <c r="F17">
         <v>1</v>
       </c>
       <c r="L17" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="B18">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="C18" t="s">
+        <v>19</v>
+      </c>
+      <c r="D18" t="s">
         <v>44</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18">
-        <v>1</v>
+        <v>8</v>
+      </c>
+      <c r="F18">
+        <v>3</v>
+      </c>
+      <c r="G18">
+        <v>1</v>
+      </c>
+      <c r="H18">
+        <v>3</v>
+      </c>
+      <c r="I18">
+        <v>4</v>
       </c>
       <c r="L18" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="B19">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
         <v>46</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19">
-        <v>1</v>
+        <v>8</v>
+      </c>
+      <c r="F19">
+        <v>3</v>
+      </c>
+      <c r="H19">
+        <v>2</v>
+      </c>
+      <c r="I19">
+        <v>2</v>
       </c>
       <c r="L19" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="B20">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
         <v>48</v>
       </c>
       <c r="E20">
+        <v>8</v>
+      </c>
+      <c r="F20">
+        <v>3</v>
+      </c>
+      <c r="G20">
+        <v>1</v>
+      </c>
+      <c r="I20">
+        <v>1</v>
+      </c>
+      <c r="J20">
+        <v>3</v>
+      </c>
+      <c r="K20">
         <v>1</v>
       </c>
       <c r="L20" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="B21">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="C21" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E21">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="L21" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="B22">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="C22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D22" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E22">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="L22" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="B23">
-        <v>33</v>
+        <v>5</v>
       </c>
       <c r="C23" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="D23" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E23">
-        <v>1</v>
+        <v>8</v>
+      </c>
+      <c r="F23">
+        <v>2</v>
+      </c>
+      <c r="J23">
+        <v>6</v>
+      </c>
+      <c r="K23">
+        <v>2</v>
       </c>
       <c r="L23" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
-        <v>37</v>
+        <v>75</v>
       </c>
       <c r="B24">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="C24" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D24" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E24">
-        <v>1</v>
+        <v>8</v>
+      </c>
+      <c r="F24">
+        <v>3</v>
+      </c>
+      <c r="G24">
+        <v>1</v>
+      </c>
+      <c r="H24">
+        <v>1</v>
+      </c>
+      <c r="I24">
+        <v>2</v>
+      </c>
+      <c r="J24">
+        <v>6</v>
+      </c>
+      <c r="K24">
+        <v>2</v>
       </c>
       <c r="L24" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="B25">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="C25" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D25" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E25">
-        <v>1</v>
+        <v>8</v>
+      </c>
+      <c r="F25">
+        <v>2</v>
       </c>
       <c r="L25" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
-        <v>39</v>
+        <v>79</v>
       </c>
       <c r="B26">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="C26" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="D26" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="E26">
+        <v>8</v>
+      </c>
+      <c r="F26">
+        <v>4</v>
+      </c>
+      <c r="G26">
+        <v>6</v>
+      </c>
+      <c r="H26">
+        <v>6</v>
+      </c>
+      <c r="I26">
+        <v>12</v>
+      </c>
+      <c r="J26">
+        <v>3</v>
+      </c>
+      <c r="K26">
         <v>1</v>
       </c>
       <c r="L26" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B27">
-        <v>7</v>
+        <v>54</v>
       </c>
       <c r="C27" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="D27" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E27">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F27">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H27">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I27">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="J27">
+        <v>6</v>
+      </c>
+      <c r="K27">
+        <v>2</v>
       </c>
       <c r="L27" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="B28">
         <v>10</v>
       </c>
       <c r="C28" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D28" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E28">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F28">
         <v>3</v>
       </c>
+      <c r="G28">
+        <v>3</v>
+      </c>
       <c r="H28">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I28">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="L28" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="B29">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="C29" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="D29" t="s">
         <v>64</v>
       </c>
       <c r="E29">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H29">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I29">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L29" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
-        <v>55</v>
+        <v>144</v>
       </c>
       <c r="B30">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="C30" t="s">
+        <v>66</v>
+      </c>
+      <c r="D30" t="s">
+        <v>67</v>
+      </c>
+      <c r="E30">
+        <v>4</v>
+      </c>
+      <c r="F30">
+        <v>3</v>
+      </c>
+      <c r="J30">
+        <v>6</v>
+      </c>
+      <c r="K30">
+        <v>2</v>
+      </c>
+      <c r="L30" t="s">
         <v>65</v>
-      </c>
-[...16 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
-        <v>59</v>
+        <v>147</v>
       </c>
       <c r="B31">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="D31" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E31">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F31">
+        <v>4</v>
+      </c>
+      <c r="G31">
+        <v>1</v>
+      </c>
+      <c r="H31">
+        <v>2</v>
+      </c>
+      <c r="I31">
         <v>3</v>
       </c>
       <c r="J31">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="K31">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="L31" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
-        <v>61</v>
+        <v>148</v>
       </c>
       <c r="B32">
-        <v>95</v>
+        <v>10</v>
       </c>
       <c r="C32" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="D32" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E32">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F32">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="G32">
+        <v>1</v>
       </c>
       <c r="H32">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I32">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="J32">
+        <v>9</v>
+      </c>
+      <c r="K32">
+        <v>3</v>
       </c>
       <c r="L32" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
+        <v>151</v>
+      </c>
+      <c r="B33">
+        <v>14</v>
+      </c>
+      <c r="C33" t="s">
+        <v>71</v>
+      </c>
+      <c r="D33" t="s">
+        <v>72</v>
+      </c>
+      <c r="E33">
+        <v>4</v>
+      </c>
+      <c r="F33">
+        <v>3</v>
+      </c>
+      <c r="J33">
+        <v>3</v>
+      </c>
+      <c r="K33">
+        <v>1</v>
+      </c>
+      <c r="L33" t="s">
         <v>65</v>
-      </c>
-[...16 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
-        <v>66</v>
+        <v>155</v>
       </c>
       <c r="B34">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D34" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E34">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F34">
         <v>3</v>
       </c>
+      <c r="G34">
+        <v>1</v>
+      </c>
+      <c r="H34">
+        <v>1</v>
+      </c>
+      <c r="I34">
+        <v>2</v>
+      </c>
       <c r="L34" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
-        <v>67</v>
+        <v>157</v>
       </c>
       <c r="B35">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="C35" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="D35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E35">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F35">
-        <v>3</v>
-[...4 lines deleted...]
-      <c r="I35">
         <v>1</v>
       </c>
       <c r="L35" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36">
+        <v>158</v>
+      </c>
+      <c r="B36">
+        <v>30</v>
+      </c>
+      <c r="C36" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="D36" t="s">
         <v>76</v>
       </c>
       <c r="E36">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G36">
         <v>1</v>
       </c>
       <c r="H36">
         <v>1</v>
       </c>
       <c r="I36">
         <v>2</v>
       </c>
+      <c r="J36">
+        <v>12</v>
+      </c>
+      <c r="K36">
+        <v>5</v>
+      </c>
       <c r="L36" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
-        <v>70</v>
+        <v>159</v>
       </c>
       <c r="B37">
-        <v>14</v>
+        <v>77</v>
       </c>
       <c r="C37" t="s">
         <v>77</v>
       </c>
       <c r="D37" t="s">
         <v>78</v>
       </c>
       <c r="E37">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F37">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H37">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I37">
-        <v>4</v>
+        <v>1</v>
+      </c>
+      <c r="J37">
+        <v>3</v>
+      </c>
+      <c r="K37">
+        <v>1</v>
       </c>
       <c r="L37" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
-        <v>72</v>
+        <v>164</v>
       </c>
       <c r="B38">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C38" t="s">
         <v>79</v>
       </c>
       <c r="D38" t="s">
         <v>80</v>
       </c>
       <c r="E38">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F38">
-        <v>3</v>
-[...11 lines deleted...]
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L38" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
-        <v>74</v>
+        <v>165</v>
       </c>
       <c r="B39">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C39" t="s">
+        <v>82</v>
+      </c>
+      <c r="D39" t="s">
+        <v>83</v>
+      </c>
+      <c r="E39">
+        <v>9</v>
+      </c>
+      <c r="F39">
+        <v>3</v>
+      </c>
+      <c r="G39">
+        <v>4</v>
+      </c>
+      <c r="H39">
+        <v>2</v>
+      </c>
+      <c r="I39">
+        <v>6</v>
+      </c>
+      <c r="J39">
+        <v>9</v>
+      </c>
+      <c r="K39">
+        <v>4</v>
+      </c>
+      <c r="L39" t="s">
         <v>81</v>
-      </c>
-[...16 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
-        <v>75</v>
+        <v>166</v>
       </c>
       <c r="B40">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E40">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F40">
         <v>3</v>
       </c>
+      <c r="G40">
+        <v>3</v>
+      </c>
       <c r="H40">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I40">
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="J40">
+        <v>9</v>
+      </c>
+      <c r="K40">
+        <v>3</v>
       </c>
       <c r="L40" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
-        <v>76</v>
+        <v>167</v>
       </c>
       <c r="B41">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E41">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F41">
         <v>3</v>
       </c>
+      <c r="G41">
+        <v>1</v>
+      </c>
+      <c r="H41">
+        <v>2</v>
+      </c>
+      <c r="I41">
+        <v>3</v>
+      </c>
       <c r="J41">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K41">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L41" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
-        <v>79</v>
+        <v>168</v>
       </c>
       <c r="B42">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="C42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E42">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F42">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H42">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I42">
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="J42">
+        <v>3</v>
+      </c>
+      <c r="K42">
+        <v>1</v>
       </c>
       <c r="L42" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
-        <v>82</v>
+        <v>169</v>
       </c>
       <c r="B43">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>61</v>
+        <v>90</v>
       </c>
       <c r="D43" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E43">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F43">
+        <v>3</v>
+      </c>
+      <c r="G43">
+        <v>3</v>
+      </c>
+      <c r="H43">
+        <v>1</v>
+      </c>
+      <c r="I43">
+        <v>4</v>
+      </c>
+      <c r="J43">
+        <v>6</v>
+      </c>
+      <c r="K43">
         <v>2</v>
       </c>
       <c r="L43" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
-        <v>83</v>
+        <v>170</v>
       </c>
       <c r="B44">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C44" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="D44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E44">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F44">
-        <v>2</v>
-[...4 lines deleted...]
-      <c r="I44">
+        <v>3</v>
+      </c>
+      <c r="J44">
+        <v>3</v>
+      </c>
+      <c r="K44">
         <v>1</v>
       </c>
       <c r="L44" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
-        <v>86</v>
+        <v>171</v>
+      </c>
+      <c r="B45">
+        <v>18</v>
       </c>
       <c r="C45" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E45">
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="F45">
+        <v>4</v>
+      </c>
+      <c r="G45">
+        <v>1</v>
+      </c>
+      <c r="H45">
+        <v>1</v>
+      </c>
+      <c r="I45">
+        <v>2</v>
+      </c>
+      <c r="J45">
+        <v>3</v>
+      </c>
+      <c r="K45">
+        <v>1</v>
       </c>
       <c r="L45" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
-        <v>87</v>
+        <v>172</v>
       </c>
       <c r="B46">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="C46" t="s">
-        <v>38</v>
+        <v>95</v>
       </c>
       <c r="D46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E46">
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="F46">
+        <v>4</v>
+      </c>
+      <c r="G46">
+        <v>1</v>
+      </c>
+      <c r="H46">
+        <v>3</v>
+      </c>
+      <c r="I46">
+        <v>4</v>
+      </c>
+      <c r="J46">
+        <v>15</v>
+      </c>
+      <c r="K46">
+        <v>5</v>
       </c>
       <c r="L46" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
-        <v>88</v>
+        <v>173</v>
       </c>
       <c r="B47">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="C47" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="D47" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E47">
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="F47">
+        <v>3</v>
+      </c>
+      <c r="G47">
+        <v>1</v>
+      </c>
+      <c r="H47">
+        <v>2</v>
+      </c>
+      <c r="I47">
+        <v>3</v>
       </c>
       <c r="L47" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
-        <v>89</v>
+        <v>174</v>
       </c>
       <c r="B48">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C48" t="s">
-        <v>97</v>
+        <v>53</v>
       </c>
       <c r="D48" t="s">
         <v>98</v>
       </c>
       <c r="E48">
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="F48">
+        <v>4</v>
+      </c>
+      <c r="H48">
+        <v>2</v>
+      </c>
+      <c r="I48">
+        <v>2</v>
+      </c>
+      <c r="J48">
+        <v>9</v>
+      </c>
+      <c r="K48">
+        <v>3</v>
       </c>
       <c r="L48" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
-        <v>91</v>
+        <v>175</v>
+      </c>
+      <c r="B49">
+        <v>23</v>
       </c>
       <c r="C49" t="s">
         <v>99</v>
       </c>
       <c r="D49" t="s">
         <v>100</v>
       </c>
       <c r="E49">
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="F49">
+        <v>1</v>
       </c>
       <c r="L49" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
-        <v>93</v>
+        <v>176</v>
       </c>
       <c r="B50">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="C50" t="s">
         <v>101</v>
       </c>
       <c r="D50" t="s">
         <v>102</v>
       </c>
       <c r="E50">
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="F50">
+        <v>4</v>
+      </c>
+      <c r="G50">
+        <v>1</v>
+      </c>
+      <c r="H50">
+        <v>4</v>
+      </c>
+      <c r="I50">
+        <v>5</v>
       </c>
       <c r="L50" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
-        <v>96</v>
+        <v>177</v>
       </c>
       <c r="B51">
-        <v>18</v>
+        <v>77</v>
       </c>
       <c r="C51" t="s">
-        <v>42</v>
+        <v>103</v>
       </c>
       <c r="D51" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E51">
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="F51">
+        <v>2</v>
+      </c>
+      <c r="G51">
+        <v>1</v>
+      </c>
+      <c r="I51">
+        <v>1</v>
+      </c>
+      <c r="J51">
+        <v>3</v>
+      </c>
+      <c r="K51">
+        <v>1</v>
       </c>
       <c r="L51" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
-        <v>97</v>
+        <v>179</v>
       </c>
       <c r="B52">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C52" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D52" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E52">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="F52">
+        <v>4</v>
+      </c>
+      <c r="J52">
+        <v>3</v>
+      </c>
+      <c r="K52">
+        <v>1</v>
       </c>
       <c r="L52" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
-        <v>98</v>
+        <v>180</v>
       </c>
       <c r="B53">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="C53" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D53" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E53">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="F53">
+        <v>4</v>
+      </c>
+      <c r="G53">
+        <v>1</v>
+      </c>
+      <c r="H53">
+        <v>1</v>
+      </c>
+      <c r="I53">
+        <v>2</v>
+      </c>
+      <c r="J53">
+        <v>3</v>
+      </c>
+      <c r="K53">
+        <v>1</v>
       </c>
       <c r="L53" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
-        <v>105</v>
+        <v>181</v>
       </c>
       <c r="B54">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="C54" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D54" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E54">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="F54">
+        <v>3</v>
+      </c>
+      <c r="G54">
+        <v>1</v>
+      </c>
+      <c r="H54">
+        <v>1</v>
+      </c>
+      <c r="I54">
+        <v>2</v>
       </c>
       <c r="L54" t="s">
-        <v>110</v>
+        <v>65</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="B55">
-        <v>91</v>
+        <v>19</v>
       </c>
       <c r="C55" t="s">
+        <v>15</v>
+      </c>
+      <c r="D55" t="s">
         <v>111</v>
       </c>
-      <c r="D55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E55">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="F55">
+        <v>4</v>
+      </c>
+      <c r="G55">
+        <v>1</v>
+      </c>
+      <c r="H55">
+        <v>3</v>
+      </c>
+      <c r="I55">
+        <v>4</v>
+      </c>
+      <c r="J55">
+        <v>6</v>
+      </c>
+      <c r="K55">
+        <v>2</v>
       </c>
       <c r="L55" t="s">
-        <v>110</v>
+        <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
-        <v>110</v>
+        <v>184</v>
       </c>
       <c r="B56">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C56" t="s">
+        <v>112</v>
+      </c>
+      <c r="D56" t="s">
         <v>113</v>
       </c>
-      <c r="D56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E56">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="F56">
+        <v>4</v>
+      </c>
+      <c r="J56">
+        <v>3</v>
+      </c>
+      <c r="K56">
+        <v>1</v>
       </c>
       <c r="L56" t="s">
-        <v>110</v>
+        <v>65</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>185</v>
       </c>
       <c r="C57" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D57" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E57">
+        <v>4</v>
+      </c>
+      <c r="F57">
         <v>3</v>
       </c>
       <c r="L57" t="s">
-        <v>110</v>
+        <v>65</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
-        <v>113</v>
+        <v>186</v>
       </c>
       <c r="B58">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C58" t="s">
-        <v>116</v>
+        <v>51</v>
       </c>
       <c r="D58" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="E58">
+        <v>5</v>
+      </c>
+      <c r="F58">
+        <v>3</v>
+      </c>
+      <c r="G58">
+        <v>1</v>
+      </c>
+      <c r="H58">
+        <v>2</v>
+      </c>
+      <c r="I58">
         <v>3</v>
       </c>
       <c r="L58" t="s">
-        <v>110</v>
+        <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
-        <v>114</v>
+        <v>188</v>
       </c>
       <c r="C59" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D59" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="E59">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L59" t="s">
-        <v>110</v>
+        <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>190</v>
       </c>
       <c r="C60" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D60" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="E60">
-        <v>3</v>
+        <v>8</v>
+      </c>
+      <c r="F60">
+        <v>1</v>
+      </c>
+      <c r="H60">
+        <v>1</v>
+      </c>
+      <c r="I60">
+        <v>1</v>
       </c>
       <c r="L60" t="s">
-        <v>110</v>
+        <v>41</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
-        <v>118</v>
+        <v>191</v>
       </c>
       <c r="B61">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="C61" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D61" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="E61">
-        <v>3</v>
+        <v>8</v>
+      </c>
+      <c r="F61">
+        <v>4</v>
+      </c>
+      <c r="G61">
+        <v>1</v>
+      </c>
+      <c r="H61">
+        <v>6</v>
+      </c>
+      <c r="I61">
+        <v>7</v>
+      </c>
+      <c r="J61">
+        <v>6</v>
+      </c>
+      <c r="K61">
+        <v>2</v>
       </c>
       <c r="L61" t="s">
-        <v>110</v>
+        <v>41</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
-        <v>121</v>
+        <v>192</v>
       </c>
       <c r="B62">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C62" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="D62" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="E62">
-        <v>3</v>
+        <v>8</v>
+      </c>
+      <c r="F62">
+        <v>4</v>
+      </c>
+      <c r="G62">
+        <v>2</v>
+      </c>
+      <c r="H62">
+        <v>2</v>
+      </c>
+      <c r="I62">
+        <v>4</v>
+      </c>
+      <c r="J62">
+        <v>6</v>
+      </c>
+      <c r="K62">
+        <v>2</v>
       </c>
       <c r="L62" t="s">
-        <v>110</v>
+        <v>41</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
-        <v>130</v>
+        <v>195</v>
       </c>
       <c r="B63">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="C63" t="s">
+        <v>124</v>
+      </c>
+      <c r="D63" t="s">
         <v>125</v>
       </c>
-      <c r="D63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E63">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F63">
         <v>2</v>
       </c>
-      <c r="H63">
-        <v>1</v>
+      <c r="G63">
+        <v>2</v>
       </c>
       <c r="I63">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L63" t="s">
-        <v>127</v>
+        <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
-        <v>134</v>
+        <v>235</v>
       </c>
       <c r="B64">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C64" t="s">
-        <v>61</v>
+        <v>126</v>
       </c>
       <c r="D64" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="E64">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F64">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="G64">
+        <v>1</v>
+      </c>
+      <c r="H64">
+        <v>1</v>
+      </c>
+      <c r="I64">
+        <v>2</v>
       </c>
       <c r="L64" t="s">
-        <v>127</v>
+        <v>65</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
-        <v>135</v>
+        <v>236</v>
       </c>
       <c r="B65">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="C65" t="s">
+        <v>128</v>
+      </c>
+      <c r="D65" t="s">
         <v>129</v>
       </c>
-      <c r="D65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="L65" t="s">
-        <v>127</v>
+        <v>41</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
-        <v>136</v>
+        <v>237</v>
       </c>
       <c r="B66">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C66" t="s">
         <v>130</v>
       </c>
       <c r="D66" t="s">
         <v>131</v>
       </c>
       <c r="E66">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F66">
+        <v>3</v>
+      </c>
+      <c r="H66">
+        <v>2</v>
+      </c>
+      <c r="I66">
+        <v>2</v>
+      </c>
+      <c r="J66">
+        <v>3</v>
+      </c>
+      <c r="K66">
         <v>1</v>
       </c>
       <c r="L66" t="s">
-        <v>127</v>
+        <v>41</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>238</v>
       </c>
       <c r="C67" t="s">
+        <v>112</v>
+      </c>
+      <c r="D67" t="s">
         <v>132</v>
       </c>
-      <c r="D67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E67">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F67">
         <v>2</v>
       </c>
       <c r="L67" t="s">
-        <v>127</v>
+        <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="C68" t="s">
+        <v>133</v>
+      </c>
+      <c r="D68" t="s">
         <v>134</v>
       </c>
-      <c r="D68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F68">
+        <v>4</v>
+      </c>
+      <c r="G68">
+        <v>2</v>
+      </c>
+      <c r="H68">
+        <v>1</v>
+      </c>
+      <c r="I68">
+        <v>3</v>
+      </c>
+      <c r="J68">
+        <v>6</v>
+      </c>
+      <c r="K68">
         <v>2</v>
       </c>
       <c r="L68" t="s">
-        <v>127</v>
+        <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
-        <v>139</v>
+        <v>243</v>
       </c>
       <c r="B69">
-        <v>77</v>
+        <v>4</v>
       </c>
       <c r="C69" t="s">
+        <v>135</v>
+      </c>
+      <c r="D69" t="s">
         <v>136</v>
       </c>
-      <c r="D69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E69">
-        <v>7</v>
-[...14 lines deleted...]
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="L69" t="s">
-        <v>127</v>
+        <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
-        <v>145</v>
+        <v>247</v>
       </c>
       <c r="B70">
-        <v>4</v>
+        <v>27</v>
       </c>
       <c r="C70" t="s">
-        <v>87</v>
+        <v>137</v>
       </c>
       <c r="D70" t="s">
         <v>138</v>
       </c>
       <c r="E70">
         <v>4</v>
       </c>
+      <c r="F70">
+        <v>3</v>
+      </c>
+      <c r="G70">
+        <v>3</v>
+      </c>
+      <c r="I70">
+        <v>3</v>
+      </c>
       <c r="L70" t="s">
-        <v>139</v>
-[...1104 lines deleted...]
-      <c r="C116" t="s">
         <v>65</v>
-      </c>
-[...1510 lines deleted...]
-        <v>193</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">