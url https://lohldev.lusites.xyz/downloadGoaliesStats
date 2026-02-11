--- v0 (2025-12-06)
+++ v1 (2026-02-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Goalies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals Against</t>
   </si>
   <si>
     <t>Shut Outs</t>
   </si>
   <si>
@@ -321,50 +321,59 @@
     <t>Caddell</t>
   </si>
   <si>
     <t>Giroux</t>
   </si>
   <si>
     <t>Charles</t>
   </si>
   <si>
     <t>Alexander</t>
   </si>
   <si>
     <t>Fireball Dragons</t>
   </si>
   <si>
     <t>Mark</t>
   </si>
   <si>
     <t>Radley</t>
   </si>
   <si>
     <t>Marc</t>
   </si>
   <si>
     <t>Bertrand</t>
+  </si>
+  <si>
+    <t>Rajkumar</t>
+  </si>
+  <si>
+    <t>Rana</t>
+  </si>
+  <si>
+    <t>Golden Hawks</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -667,51 +676,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J60"/>
+  <dimension ref="A1:J61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -921,60 +930,60 @@
       </c>
       <c r="I7">
         <v>4.31</v>
       </c>
       <c r="J7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>141</v>
       </c>
       <c r="B8">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8" t="s">
         <v>28</v>
       </c>
       <c r="E8">
         <v>7</v>
       </c>
       <c r="F8">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G8">
         <v>360</v>
       </c>
       <c r="H8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I8">
-        <v>2.9</v>
+        <v>2.88</v>
       </c>
       <c r="J8" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>142</v>
       </c>
       <c r="B9">
         <v>35</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" t="s">
         <v>31</v>
       </c>
       <c r="E9">
         <v>7</v>
       </c>
       <c r="F9">
         <v>32</v>
       </c>
       <c r="G9">
@@ -985,60 +994,60 @@
       </c>
       <c r="I9">
         <v>3.59</v>
       </c>
       <c r="J9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>160</v>
       </c>
       <c r="B10">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10">
         <v>4</v>
       </c>
       <c r="F10">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G10">
         <v>724</v>
       </c>
       <c r="H10">
         <v>13</v>
       </c>
       <c r="I10">
-        <v>2.92</v>
+        <v>2.91</v>
       </c>
       <c r="J10" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>162</v>
       </c>
       <c r="B11">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11" t="s">
         <v>36</v>
       </c>
       <c r="E11">
         <v>2</v>
       </c>
       <c r="F11">
         <v>105</v>
       </c>
       <c r="G11">
@@ -2368,121 +2377,147 @@
       </c>
       <c r="I57">
         <v>6.5</v>
       </c>
       <c r="J57" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58">
         <v>611</v>
       </c>
       <c r="B58">
         <v>50</v>
       </c>
       <c r="C58" t="s">
         <v>96</v>
       </c>
       <c r="D58" t="s">
         <v>97</v>
       </c>
       <c r="E58">
         <v>16</v>
       </c>
       <c r="F58">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G58">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H58">
         <v>1</v>
       </c>
       <c r="I58">
-        <v>2.74</v>
+        <v>2.65</v>
       </c>
       <c r="J58" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59">
         <v>627</v>
       </c>
       <c r="B59">
         <v>40</v>
       </c>
       <c r="C59" t="s">
         <v>99</v>
       </c>
       <c r="D59" t="s">
         <v>100</v>
       </c>
       <c r="E59">
         <v>11</v>
       </c>
       <c r="F59">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G59">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H59">
         <v>2</v>
       </c>
       <c r="I59">
-        <v>2.58</v>
+        <v>2.55</v>
       </c>
       <c r="J59" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60">
         <v>648</v>
       </c>
       <c r="C60" t="s">
         <v>101</v>
       </c>
       <c r="D60" t="s">
         <v>102</v>
       </c>
       <c r="E60">
         <v>5</v>
       </c>
       <c r="F60">
         <v>1</v>
       </c>
       <c r="G60">
         <v>1</v>
       </c>
       <c r="I60">
         <v>1.0</v>
       </c>
       <c r="J60" t="s">
         <v>20</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61">
+        <v>661</v>
+      </c>
+      <c r="B61">
+        <v>3</v>
+      </c>
+      <c r="C61" t="s">
+        <v>103</v>
+      </c>
+      <c r="D61" t="s">
+        <v>104</v>
+      </c>
+      <c r="E61">
+        <v>20</v>
+      </c>
+      <c r="F61">
+        <v>1</v>
+      </c>
+      <c r="H61">
+        <v>1</v>
+      </c>
+      <c r="J61" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">