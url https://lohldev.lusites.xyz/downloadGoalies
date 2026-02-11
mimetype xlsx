--- v0 (2025-12-06)
+++ v1 (2026-02-11)
@@ -41,78 +41,78 @@
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals Against</t>
   </si>
   <si>
     <t>Shut Outs</t>
   </si>
   <si>
     <t>Gaa</t>
   </si>
   <si>
+    <t>Johnny</t>
+  </si>
+  <si>
+    <t>Pimental</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Marks</t>
+  </si>
+  <si>
+    <t>Mike</t>
+  </si>
+  <si>
+    <t>Connors</t>
+  </si>
+  <si>
     <t>Pete</t>
   </si>
   <si>
     <t>Eathorne</t>
   </si>
   <si>
-    <t>Johnny</t>
-[...20 lines deleted...]
-    <t>Bertrand</t>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>Jones</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -464,170 +464,179 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="B2">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G2">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="I2">
-        <v>3.0</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="B3">
-        <v>1</v>
+        <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F3">
+        <v>4</v>
+      </c>
+      <c r="G3">
+        <v>10</v>
+      </c>
+      <c r="H3">
         <v>1</v>
       </c>
-      <c r="G3">
-[...1 lines deleted...]
-      </c>
       <c r="I3">
-        <v>1.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>141</v>
+        <v>160</v>
       </c>
       <c r="B4">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F4">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="G4">
+        <v>9</v>
+      </c>
+      <c r="I4">
+        <v>3.0</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>455</v>
+        <v>178</v>
       </c>
       <c r="B5">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G5">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="I5">
-        <v>6.0</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>648</v>
+        <v>248</v>
+      </c>
+      <c r="B6">
+        <v>1</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
       <c r="G6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I6">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">